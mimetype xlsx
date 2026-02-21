--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97aef723cfe44247" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22603cc4c28f406a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9b901297b8b4fa1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37c72093445747fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0021132abcb5409e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9b901297b8b4fa1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae600ca5f71e4285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37c72093445747fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...200 lines deleted...]
-          <x:t>5,823</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,709</x:t>
-[...80 lines deleted...]
-          <x:t>6,277</x:t>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>