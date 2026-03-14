--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22603cc4c28f406a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R148d24dcab8849de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37c72093445747fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf14969a9a1254ac4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae600ca5f71e4285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37c72093445747fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57ac5a90ed1c411e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf14969a9a1254ac4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>5,643</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,247</x:t>
-[...377 lines deleted...]
-          <x:t>5,279</x:t>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...107 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,707</x:t>
-[...117 lines deleted...]
-          <x:t>5,985</x:t>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>