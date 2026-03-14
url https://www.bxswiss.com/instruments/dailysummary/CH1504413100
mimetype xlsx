--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R240355d20d4b4765" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac9bfc1893f14d8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9faab30816c44351"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42beef85f1c64f34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d7f90889c814887" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9faab30816c44351" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a32f9eaa7a94a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42beef85f1c64f34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>8,114</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,036</x:t>
-[...6 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,973</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...551 lines deleted...]
-          <x:t>8,331</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>