--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f71f5eb48f4ba5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R183bc54bb57043cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e155080b37a4237"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc695ca821946e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f69f41ea2e341b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e155080b37a4237" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc98e53226e164a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc695ca821946e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...92 lines deleted...]
-          <x:t>5,108</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,047</x:t>
-[...38 lines deleted...]
-          <x:t>5,037</x:t>
+          <x:t>5,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,037</x:t>
-[...80 lines deleted...]
-          <x:t>5,968</x:t>
+          <x:t>5,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,181</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...46 lines deleted...]
-          <x:t>6,423</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>