--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R183bc54bb57043cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R709ef970e8144a05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc695ca821946e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9acc71a7b1f64a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc98e53226e164a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc695ca821946e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26d53ea09ae346a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9acc71a7b1f64a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>5,896</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,833</x:t>
-[...119 lines deleted...]
-          <x:t>4,949</x:t>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,949</x:t>
-[...48 lines deleted...]
-          <x:t>5,685</x:t>
+          <x:t>5,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,303</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>6,125</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>