--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1e9286fce4846e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac0c653cf6b141f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd1b4718e43246d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32108ff44be24bb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ba6c2603db9413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd1b4718e43246d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d996076992e4f99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32108ff44be24bb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...200 lines deleted...]
-          <x:t>6,108</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,897</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>6,569</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>