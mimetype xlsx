--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06237ea4c32543de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6113580766346c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ad8479db8c540ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R633edc657b244381"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26df4ac4962c40b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ad8479db8c540ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dec479b562e460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R633edc657b244381" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>8,974</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>