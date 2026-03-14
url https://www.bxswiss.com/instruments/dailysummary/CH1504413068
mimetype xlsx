--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6113580766346c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34c14d625b4b4423" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R633edc657b244381"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3ecb4ee6e42406d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dec479b562e460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R633edc657b244381" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71fd8a6668f6449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3ecb4ee6e42406d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,408</x:t>
-[...16 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>8,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,424</x:t>
-[...58 lines deleted...]
-          <x:t>7,965</x:t>
+          <x:t>8,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,165</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>05.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,873</x:t>
-[...306 lines deleted...]
-          <x:t>8,599</x:t>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>