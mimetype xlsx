--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc808eace53f74627" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c9c58c64b474710" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2736154a5d7b41be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50147cde254f4767"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a40223a3d43431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2736154a5d7b41be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4af594af3d4d484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50147cde254f4767" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>7,966</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>