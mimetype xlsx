--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c9c58c64b474710" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0827bbdbcfdc4dcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50147cde254f4767"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f88628c31bd4988"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4af594af3d4d484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50147cde254f4767" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23f52fd93f374193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f88628c31bd4988" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>7,409</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,317</x:t>
-[...566 lines deleted...]
-          <x:t>7,629</x:t>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>