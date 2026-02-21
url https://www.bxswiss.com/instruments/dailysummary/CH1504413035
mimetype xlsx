--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a9fddf4fff74bd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f0b4c153fae45e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa534cd0a4e74763"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b6067a405604a75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R101ce0620c32472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa534cd0a4e74763" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb7192521b2e4757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b6067a405604a75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...173 lines deleted...]
-          <x:t>6,240</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,234</x:t>
-[...107 lines deleted...]
-          <x:t>6,865</x:t>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>