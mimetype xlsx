--- v1 (2026-02-21)
+++ v2 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f0b4c153fae45e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32789edff08443a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b6067a405604a75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e943044238d4e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb7192521b2e4757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b6067a405604a75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cd52d146d674b9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e943044238d4e69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,089</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>10.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,321</x:t>
-[...224 lines deleted...]
-        <x:is>
           <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>