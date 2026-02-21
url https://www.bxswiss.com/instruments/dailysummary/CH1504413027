--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47b2e0c29c654d59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d86e3283694c21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R696a9308183a46ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R355520d1a585408a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R544475a216fc4a15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R696a9308183a46ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaedc762d11c4129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R355520d1a585408a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...205 lines deleted...]
-          <x:t>8,495</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,589</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>9,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>