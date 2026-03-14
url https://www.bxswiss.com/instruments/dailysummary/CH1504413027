--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d86e3283694c21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra10151e006304ce8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R355520d1a585408a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4259dacdece0476e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaedc762d11c4129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R355520d1a585408a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85d8a47c0d3b444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4259dacdece0476e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,694</x:t>
-[...522 lines deleted...]
-          <x:t>8,867</x:t>
+          <x:t>8,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>