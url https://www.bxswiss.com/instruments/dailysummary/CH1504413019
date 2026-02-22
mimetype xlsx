--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c663cf9fb804579" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ff915cf588649b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ccd01f269984dcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ec38528830c4c13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2819dce2dc4240d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ccd01f269984dcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c58d0f6428b48a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ec38528830c4c13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>8,249</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>