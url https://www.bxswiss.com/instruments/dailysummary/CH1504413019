--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ff915cf588649b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7cc9c5d6a724f65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ec38528830c4c13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recd34841b9494093"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c58d0f6428b48a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ec38528830c4c13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40881d35367745b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recd34841b9494093" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,690</x:t>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,596</x:t>
-[...533 lines deleted...]
-        <x:is>
           <x:t>7,521</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>20.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,083</x:t>
-[...9 lines deleted...]
-          <x:t>7,907</x:t>
+          <x:t>7,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>