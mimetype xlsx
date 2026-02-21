--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfac4e1522ff14aad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R995b9c1e01de4013" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbd6bbbcec614bc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49bbe316a12849b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd372b892d9a94a0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbd6bbbcec614bc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raba69d11ddb84094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49bbe316a12849b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...178 lines deleted...]
-          <x:t>6,011</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,379</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>6,544</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>6,427</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>7,014</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>