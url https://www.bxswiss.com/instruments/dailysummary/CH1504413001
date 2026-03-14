--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R995b9c1e01de4013" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recd5e6c4658946f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49bbe316a12849b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e8aebcc29074956"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raba69d11ddb84094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49bbe316a12849b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3cec28a52f8427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e8aebcc29074956" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504413001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,434</x:t>
-[...31 lines deleted...]
-          <x:t>6,223</x:t>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...436 lines deleted...]
-          <x:t>6,007</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,983</x:t>
-[...85 lines deleted...]
-          <x:t>6,709</x:t>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>