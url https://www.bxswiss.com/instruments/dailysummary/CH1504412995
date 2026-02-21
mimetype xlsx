--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd96b1f2dbfeb437f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R839c4a8d3a004f60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf348413e89e4aea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e57e66a615a411e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16c7a5b4da2f4f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf348413e89e4aea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7200505747b847ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e57e66a615a411e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504412995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>7,164</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>