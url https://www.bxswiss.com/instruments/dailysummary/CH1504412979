--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd263710a6e2043c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fba3b3f1d5e4f54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01818bbc74074813"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59fad8e0b0c64561"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc173b0bd5314a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01818bbc74074813" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R964459de247449f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59fad8e0b0c64561" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504412979</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...163 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,870</x:t>
-[...117 lines deleted...]
-          <x:t>8,537</x:t>
+          <x:t>7,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>