--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fba3b3f1d5e4f54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R328fa81224a340dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59fad8e0b0c64561"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ce8f7bfbf304834"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R964459de247449f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59fad8e0b0c64561" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9ef292042c94c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ce8f7bfbf304834" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504412979</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,882</x:t>
-[...394 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>7,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,953</x:t>
+          <x:t>8,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,819</x:t>
-[...215 lines deleted...]
-          <x:t>8,193</x:t>
+          <x:t>7,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>