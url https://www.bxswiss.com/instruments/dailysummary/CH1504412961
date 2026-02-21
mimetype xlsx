--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cb6aef0064a4203" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66d3d46579414a37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc77afde99b3e4fdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24319f1705444562"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde172ce49c9546a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc77afde99b3e4fdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0de95547db1b4adb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24319f1705444562" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504412961</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>7,315</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>