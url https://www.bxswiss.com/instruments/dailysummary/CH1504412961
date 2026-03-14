--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66d3d46579414a37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3aad0a28cfe4b41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24319f1705444562"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R856a973ac1df40e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0de95547db1b4adb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24319f1705444562" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd21ccf05fcd49d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R856a973ac1df40e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504412961</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,383</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>6,261</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...9 lines deleted...]
-          <x:t>6,759</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,613</x:t>
-[...195 lines deleted...]
-          <x:t>20.02.2026</x:t>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,167</x:t>
-[...9 lines deleted...]
-          <x:t>7,005</x:t>
+          <x:t>6,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>