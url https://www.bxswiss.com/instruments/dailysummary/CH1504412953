--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9d0550848cb45aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67684a43ff604105" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77bfbaf4aefb4b5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec1bc8b3d5b1454c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dd092846e6849a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77bfbaf4aefb4b5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b901f5d46354730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec1bc8b3d5b1454c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504412953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...178 lines deleted...]
-          <x:t>6,448</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,819</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>7,467</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>