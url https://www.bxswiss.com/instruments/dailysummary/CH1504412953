--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67684a43ff604105" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raecfdedea2894236" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec1bc8b3d5b1454c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2652aaed18d4579"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b901f5d46354730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec1bc8b3d5b1454c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe09a56a9e2b4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2652aaed18d4579" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504412953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,759</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>6,958</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,741</x:t>
-[...485 lines deleted...]
-          <x:t>7,151</x:t>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>