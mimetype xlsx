--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d31abd9a0b4469" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87d606e1958c4919" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3407413d08b44c5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4d77cd2e58a4bbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re377f17c2abe4113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3407413d08b44c5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e31f50d74a43ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4d77cd2e58a4bbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504412946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...178 lines deleted...]
-          <x:t>7,728</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,149</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,348</x:t>
-[...90 lines deleted...]
-          <x:t>8,827</x:t>
+          <x:t>8,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,481</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>