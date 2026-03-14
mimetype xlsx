--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87d606e1958c4919" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e43bbdd96b146f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4d77cd2e58a4bbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d0a032bc1f74aa8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e31f50d74a43ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4d77cd2e58a4bbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe1d4aa00cf749d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d0a032bc1f74aa8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504412946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>7,528</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,330</x:t>
-[...21 lines deleted...]
-          <x:t>8,139</x:t>
+          <x:t>7,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,127</x:t>
-[...21 lines deleted...]
-          <x:t>8,019</x:t>
+          <x:t>8,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,103</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...209 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>