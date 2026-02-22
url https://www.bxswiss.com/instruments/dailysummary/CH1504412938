--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74a2b456a4d242a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8307586f97e4da7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d1ac7a12fa4542"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8462e28d0bf84e35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba5f1af759444999" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d1ac7a12fa4542" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d95ca15a0914567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8462e28d0bf84e35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504412938</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,221</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>06.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,139</x:t>
-[...90 lines deleted...]
-          <x:t>7,620</x:t>
+          <x:t>7,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>