--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8307586f97e4da7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9392f9d7087944ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8462e28d0bf84e35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R413b1194125a47aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d95ca15a0914567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8462e28d0bf84e35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b328721b1364c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R413b1194125a47aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504412938</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>7,108</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,888</x:t>
-[...485 lines deleted...]
-          <x:t>7,301</x:t>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>