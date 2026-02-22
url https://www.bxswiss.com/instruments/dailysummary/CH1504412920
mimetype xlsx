--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R700a6afc57da4c58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5be87af1652f4f0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09fc199aadee41cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb388e0c845084ea3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69ffe76315d2427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09fc199aadee41cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ab09ad7a9d14627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb388e0c845084ea3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504412920</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,317 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...284 lines deleted...]
-          <x:t>7,774</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>