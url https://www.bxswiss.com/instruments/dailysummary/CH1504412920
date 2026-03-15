--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5be87af1652f4f0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc352af67355846f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb388e0c845084ea3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R286f8da405494d15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ab09ad7a9d14627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb388e0c845084ea3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R266290e07d674f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R286f8da405494d15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504412920</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,158 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>6,693</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,511</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>