--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64751a3c3e734d41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7871749a020b45fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13d5e62f9e41453f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf06cf732f8a544b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd294c278e12c4520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13d5e62f9e41453f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R929e93f3a1624d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf06cf732f8a544b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on ASML</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504394995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1,585</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>