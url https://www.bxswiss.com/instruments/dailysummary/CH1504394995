--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7871749a020b45fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f7c743ca1a4eec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf06cf732f8a544b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra752d1d71f034168"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R929e93f3a1624d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf06cf732f8a544b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6177ba499c864991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra752d1d71f034168" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on ASML</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504394995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>2,135</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,055</x:t>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,165</x:t>
-        </x:is>
-[...565 lines deleted...]
-          <x:t>2,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>