--- v0 (2025-12-19)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11ef61b15ce64fa4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe79e7840ad4116" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a365996b3d54899"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c7fe755adef48eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbfdc9f6ed164b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a365996b3d54899" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1df863f85dd04673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c7fe755adef48eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Goldman Sachs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504394888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,248 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...196 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,246</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -584,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>