--- v1 (2026-01-09)
+++ v2 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe79e7840ad4116" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe80d44344614413" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c7fe755adef48eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5282a7495d7e4e32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1df863f85dd04673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c7fe755adef48eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c21216775ec4559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5282a7495d7e4e32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Goldman Sachs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504394888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,247</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,236</x:t>
-[...53 lines deleted...]
-          <x:t>0,300</x:t>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
-        </x:is>
-[...349 lines deleted...]
-          <x:t>0,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>