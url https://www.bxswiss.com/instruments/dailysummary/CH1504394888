--- v2 (2026-02-05)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe80d44344614413" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R189093479e5f43a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5282a7495d7e4e32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10d6e11a71314017"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c21216775ec4559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5282a7495d7e4e32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R869c6f4e749c483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10d6e11a71314017" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Goldman Sachs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504394888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>0,345</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,525</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>0,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,345</x:t>
-[...16 lines deleted...]
-          <x:t>0,345</x:t>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,325</x:t>
-[...124 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>0,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
-        </x:is>
-[...57 lines deleted...]
-          <x:t>0,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>