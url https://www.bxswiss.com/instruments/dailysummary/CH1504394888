--- v3 (2026-02-25)
+++ v4 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R189093479e5f43a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb82d7021da0488d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10d6e11a71314017"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d66d6a0173c4eaa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R869c6f4e749c483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10d6e11a71314017" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R496aff33cd2d4fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d66d6a0173c4eaa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Goldman Sachs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504394888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,300</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,325</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,335</x:t>
-[...512 lines deleted...]
-          <x:t>0,285</x:t>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>