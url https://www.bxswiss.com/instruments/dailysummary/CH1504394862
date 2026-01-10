--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8338ee7e64eb4441" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97509e3477e043aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R070b121e28da448f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R797b50cd0b9d46f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68dcf5cdb6714df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R070b121e28da448f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recdf0d41221c4238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R797b50cd0b9d46f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on BNP Paribas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504394862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,268 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...216 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -604,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>