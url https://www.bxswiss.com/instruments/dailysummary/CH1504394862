--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97509e3477e043aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde86d5c9ebb24fa1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R797b50cd0b9d46f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a68a9a6e1a34133"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recdf0d41221c4238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R797b50cd0b9d46f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2102ec3fc5f14510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a68a9a6e1a34133" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on BNP Paribas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504394862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...463 lines deleted...]
-          <x:t>0,253</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,245</x:t>
-[...4 lines deleted...]
-          <x:t>0,305</x:t>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>