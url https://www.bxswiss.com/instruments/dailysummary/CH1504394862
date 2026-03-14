--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde86d5c9ebb24fa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbda4704994e4cda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a68a9a6e1a34133"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11feab3ce4ed441a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2102ec3fc5f14510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a68a9a6e1a34133" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3da34f5855864a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11feab3ce4ed441a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on BNP Paribas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504394862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
-        </x:is>
-[...592 lines deleted...]
-          <x:t>0,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>