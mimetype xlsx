--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R991057f19488419b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ea5886f534e4938" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R214ea7252c504677"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rade7490083534bc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bc5e3843ad84753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R214ea7252c504677" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3a115163489488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rade7490083534bc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,335 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...283 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,936</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>