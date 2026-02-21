--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ea5886f534e4938" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50ec5d321c8d4871" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rade7490083534bc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79af636485f04415"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3a115163489488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rade7490083534bc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeed1dd11de148ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79af636485f04415" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>2,869</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,977</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,255</x:t>
-[...360 lines deleted...]
-          <x:t>2,655</x:t>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>