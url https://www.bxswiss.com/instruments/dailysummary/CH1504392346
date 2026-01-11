--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8d1909d414e4650" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R752b5f01873544a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re78a64195b17429f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2af0f8cb77b4f1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52682bf957ef418e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re78a64195b17429f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R028ce0cbe5734ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2af0f8cb77b4f1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,335 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...283 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,632</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>