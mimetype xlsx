--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R752b5f01873544a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R130a5175212e44d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2af0f8cb77b4f1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9204e273e08c4dc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R028ce0cbe5734ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2af0f8cb77b4f1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd36ba6d322b4708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9204e273e08c4dc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>2,731</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,569</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...278 lines deleted...]
-          <x:t>05.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,569</x:t>
-[...117 lines deleted...]
-          <x:t>2,355</x:t>
+          <x:t>2,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>