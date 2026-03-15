--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R130a5175212e44d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccb4aa1670b04f18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9204e273e08c4dc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2097ef98dced4e9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd36ba6d322b4708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9204e273e08c4dc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0df8cb8e07eb4867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2097ef98dced4e9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,823</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>