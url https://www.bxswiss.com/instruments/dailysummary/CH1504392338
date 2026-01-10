--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f6b15233a44c7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6492fc8a11d84153" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d3d58aef24d40b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re66a6432c1f4457b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57cedceb462041d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d3d58aef24d40b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a8ee46187d2453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re66a6432c1f4457b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,372 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...186 lines deleted...]
-          <x:t>2,472</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,436</x:t>
-[...38 lines deleted...]
-          <x:t>2,292</x:t>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,268</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>2,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,265</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>