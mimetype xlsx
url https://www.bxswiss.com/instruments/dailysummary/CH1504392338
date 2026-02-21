--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6492fc8a11d84153" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10489c0e7b484e54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re66a6432c1f4457b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fb791fd5a914eec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a8ee46187d2453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re66a6432c1f4457b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e38a492938445ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fb791fd5a914eec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>2,585</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,527</x:t>
-[...253 lines deleted...]
-        <x:is>
           <x:t>2,273</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>2,091</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>