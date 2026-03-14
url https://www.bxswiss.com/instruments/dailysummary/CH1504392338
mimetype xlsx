--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10489c0e7b484e54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a53acb0aeb5442f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fb791fd5a914eec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13ad2d9d03e34f0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e38a492938445ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fb791fd5a914eec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2f351a9a0524265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13ad2d9d03e34f0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,537</x:t>
-[...296 lines deleted...]
-          <x:t>2,837</x:t>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,651</x:t>
-[...92 lines deleted...]
-          <x:t>2,191</x:t>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,089</x:t>
-[...193 lines deleted...]
-          <x:t>2,371</x:t>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>