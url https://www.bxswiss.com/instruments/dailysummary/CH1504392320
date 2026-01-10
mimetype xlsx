--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ae10a99959a4272" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b268574d81c4fca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03df4296901f40cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb714617616344c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37493aec1e454ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03df4296901f40cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf508b0f6b1ad45fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb714617616344c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,328 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...186 lines deleted...]
-          <x:t>2,216</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,184</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>2,108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,078</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>