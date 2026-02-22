--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b268574d81c4fca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76df731dc6f04f61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb714617616344c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08fb7eaa7b624ffd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf508b0f6b1ad45fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb714617616344c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3461ae18a4c94d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08fb7eaa7b624ffd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>2,057</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>2,211</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,123</x:t>
-[...119 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,003</x:t>
-[...225 lines deleted...]
-          <x:t>1,853</x:t>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>