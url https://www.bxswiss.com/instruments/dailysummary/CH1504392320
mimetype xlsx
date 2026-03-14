--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76df731dc6f04f61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6b952bef04641fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08fb7eaa7b624ffd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref604001aa334821"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3461ae18a4c94d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08fb7eaa7b624ffd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf74746567dcf4de2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref604001aa334821" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,227 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>2,155</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,263</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...509 lines deleted...]
-          <x:t>2,457</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,263</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,231</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>