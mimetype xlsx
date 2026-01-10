--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bca06c788ea40b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92fb14146366449e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R532386af0a9f4554"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb6e4a1d5e1c4459"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a110deee22546c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R532386af0a9f4554" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec088fbcd4ea47e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb6e4a1d5e1c4459" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>