--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92fb14146366449e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4079892db77413c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb6e4a1d5e1c4459"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f14c615a2cb45f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec088fbcd4ea47e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb6e4a1d5e1c4459" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ed5639798814956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f14c615a2cb45f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>1,839</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,905</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>2,069</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,021</x:t>
-[...377 lines deleted...]
-          <x:t>1,641</x:t>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>