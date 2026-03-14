--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4079892db77413c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95f8ff358f97481a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f14c615a2cb45f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f6c4c70523a4e14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ed5639798814956" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f14c615a2cb45f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R315853947c904486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f6c4c70523a4e14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1,757</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>1,715</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,627</x:t>
-[...193 lines deleted...]
-          <x:t>1,859</x:t>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>