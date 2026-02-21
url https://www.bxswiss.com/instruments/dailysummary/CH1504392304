--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb25b0bcba1f94801" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70b0a8594c5b4968" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b46b0e97761406d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c0c1e3c64764d2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd65c6db43b84ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b46b0e97761406d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cb94bb68ea1478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c0c1e3c64764d2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392304</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>1,714</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,643</x:t>
+          <x:t>1,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,701</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>1,861</x:t>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,747</x:t>
-[...350 lines deleted...]
-          <x:t>1,453</x:t>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>