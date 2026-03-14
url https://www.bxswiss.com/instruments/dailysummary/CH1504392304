--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70b0a8594c5b4968" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf062695ad7904a09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c0c1e3c64764d2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91dd27d74b8545a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cb94bb68ea1478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c0c1e3c64764d2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43c85f6ce03d407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91dd27d74b8545a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392304</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1,661</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,611</x:t>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...504 lines deleted...]
-          <x:t>1,695</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>1,647</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>