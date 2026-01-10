--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1d4418174b3475f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ce07260e2744c9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fd5c9c92094457f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa1ae64dad224d8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd712892373824dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fd5c9c92094457f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd134fbc3d7ce4c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa1ae64dad224d8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>