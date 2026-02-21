--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ce07260e2744c9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R972bf7ce311c4974" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa1ae64dad224d8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea1c793eea514a36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd134fbc3d7ce4c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa1ae64dad224d8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43173836441649c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea1c793eea514a36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>1,649</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,609</x:t>
-[...6 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,567</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,659</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>1,285</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>