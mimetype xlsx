--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R972bf7ce311c4974" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b6617ac7c8f43d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea1c793eea514a36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R627884b9a68c4ba3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43173836441649c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea1c793eea514a36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10a8f398886b465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R627884b9a68c4ba3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>1,579</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,379</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...197 lines deleted...]
-          <x:t>02.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,215</x:t>
-[...382 lines deleted...]
-          <x:t>1,455</x:t>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>