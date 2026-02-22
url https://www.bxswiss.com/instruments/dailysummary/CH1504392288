--- v0 (2025-12-20)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fa1e48a6dd8460f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88331a3b53f24eed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5459c811b6bb44a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57bfd058a05d455b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R699a5da82c0e49c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5459c811b6bb44a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8fe934b513947db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57bfd058a05d455b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,526 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...380 lines deleted...]
-          <x:t>1,335</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,381</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,503</x:t>
-[...63 lines deleted...]
-          <x:t>1,307</x:t>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>