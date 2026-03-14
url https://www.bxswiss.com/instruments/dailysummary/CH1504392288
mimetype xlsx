--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88331a3b53f24eed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3618b4300533439d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57bfd058a05d455b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aebfa8cb22446f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8fe934b513947db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57bfd058a05d455b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf99dd48933b4d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aebfa8cb22446f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1,333</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,219</x:t>
-[...421 lines deleted...]
-          <x:t>1,151</x:t>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,367</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>13.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,469</x:t>
-[...144 lines deleted...]
-          <x:t>1,285</x:t>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>