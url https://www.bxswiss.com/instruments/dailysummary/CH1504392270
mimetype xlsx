--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6be748634fe4140" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b259bb4365842ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e591f84568746fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R381082e287b34ed3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc862a3cdebf4b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e591f84568746fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fed740359104df3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R381082e287b34ed3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,331 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...186 lines deleted...]
-          <x:t>1,264</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,198</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...84 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,196</x:t>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>