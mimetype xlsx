--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b259bb4365842ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R640a80b483224a7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R381082e287b34ed3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18700f0caa054bb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fed740359104df3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R381082e287b34ed3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1a338c17e324882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18700f0caa054bb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,315</x:t>
-[...16 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,343</x:t>
-[...112 lines deleted...]
-          <x:t>1,075</x:t>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,079</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>1,001</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>