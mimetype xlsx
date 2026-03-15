--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R640a80b483224a7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reefd2c71b2c1487d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18700f0caa054bb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc774e2ecc124e51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1a338c17e324882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18700f0caa054bb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3013f7aa18a54b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc774e2ecc124e51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1,179</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,239</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...293 lines deleted...]
-          <x:t>1,403</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,171</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,387</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,133</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>1,191</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,171</x:t>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,239</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>1,133</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>