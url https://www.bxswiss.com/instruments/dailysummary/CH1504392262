--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac460a539c5049db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6acecd4c0c414310" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2d17c2f05b9475b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58cf570181524637"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd540e0bf1a8476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2d17c2f05b9475b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4851fbfe80b7425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58cf570181524637" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,358 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...164 lines deleted...]
-          <x:t>1,078</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,100</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,128</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,064</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...111 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,067</x:t>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>