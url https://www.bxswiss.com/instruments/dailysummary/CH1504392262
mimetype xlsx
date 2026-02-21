--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6acecd4c0c414310" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1483461a76ee4d9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58cf570181524637"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cded1344c264290"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4851fbfe80b7425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58cf570181524637" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R888884351b3242eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cded1344c264290" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,101</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,067</x:t>
-[...97 lines deleted...]
-          <x:t>1,183</x:t>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,165</x:t>
-[...33 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,107</x:t>
-[...252 lines deleted...]
-          <x:t>0,883</x:t>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>