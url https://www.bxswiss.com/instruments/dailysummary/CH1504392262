--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1483461a76ee4d9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf96c830e64b409f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cded1344c264290"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d7f5bc575184a14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R888884351b3242eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cded1344c264290" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9711e2ab8d84589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d7f5bc575184a14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,095</x:t>
-[...251 lines deleted...]
-        <x:is>
           <x:t>0,929</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>1,241</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,031</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,225</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>0,913</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,863</x:t>
-[...193 lines deleted...]
-          <x:t>0,995</x:t>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>