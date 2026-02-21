--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc43f6302373342cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R627e1a0eb4684007" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra26dc826f7a4456f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86031b9d8a70422c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde4ec46041d3494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra26dc826f7a4456f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfc406148cc549cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86031b9d8a70422c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,867</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,841</x:t>
-[...33 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,919</x:t>
-[...53 lines deleted...]
-          <x:t>0,925</x:t>
+          <x:t>0,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,911</x:t>
-[...43 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,803</x:t>
-[...11 lines deleted...]
-          <x:t>0,763</x:t>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,769</x:t>
-        </x:is>
-[...224 lines deleted...]
-          <x:t>0,683</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>