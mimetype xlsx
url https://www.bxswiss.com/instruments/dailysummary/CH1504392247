--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R627e1a0eb4684007" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03fc434cadb5402b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86031b9d8a70422c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26af33b65d874bd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfc406148cc549cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86031b9d8a70422c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2600d3c44ff741cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26af33b65d874bd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,811</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,739</x:t>
-[...232 lines deleted...]
-          <x:t>0,623</x:t>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,623</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>0,769</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>0,705</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,667</x:t>
-[...124 lines deleted...]
-          <x:t>0,791</x:t>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,713</x:t>
-[...58 lines deleted...]
-          <x:t>0,769</x:t>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>