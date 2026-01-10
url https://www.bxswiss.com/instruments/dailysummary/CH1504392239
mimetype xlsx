--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3d0fa1bc0dd4c95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06062b31a5c548ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99993834369b43d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe5b62b5a78f43f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff4b67217f1540e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99993834369b43d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cfe5949a5bd4b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe5b62b5a78f43f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,345 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...127 lines deleted...]
-          <x:t>0,850</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,838</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>0,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,884</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>