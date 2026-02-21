--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06062b31a5c548ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca00de8615c14751" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe5b62b5a78f43f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25c423ebfa984b47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cfe5949a5bd4b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe5b62b5a78f43f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19a44eb04027407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25c423ebfa984b47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>0,587</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,597</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,505</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,501</x:t>
-[...119 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,631</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,627</x:t>
-[...134 lines deleted...]
-          <x:t>0,679</x:t>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>