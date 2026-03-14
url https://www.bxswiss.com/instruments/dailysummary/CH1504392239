--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca00de8615c14751" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc63f75b8fdef428f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25c423ebfa984b47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87eb1cdb83c14bca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19a44eb04027407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25c423ebfa984b47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60298065a28b4896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87eb1cdb83c14bca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>0,485</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,411</x:t>
-[...16 lines deleted...]
-          <x:t>0,403</x:t>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,345</x:t>
-[...6 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,363</x:t>
-[...156 lines deleted...]
-          <x:t>0,301</x:t>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,281</x:t>
-[...70 lines deleted...]
-          <x:t>0,305</x:t>
+          <x:t>0,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,277</x:t>
-[...31 lines deleted...]
-          <x:t>0,303</x:t>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>