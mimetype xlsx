--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f94ae1da16543eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a88a8814de84d8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7635ecc4c8ba4d83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f3b9ef8649f42e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30347010f73e4e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7635ecc4c8ba4d83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R979bf31166d24f3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f3b9ef8649f42e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,345 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...186 lines deleted...]
-          <x:t>1,070</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,022</x:t>
-[...65 lines deleted...]
-          <x:t>1,046</x:t>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,996</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,008</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,954</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>