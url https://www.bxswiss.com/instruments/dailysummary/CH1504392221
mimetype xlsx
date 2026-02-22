--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a88a8814de84d8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R402ab68eddf74e00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f3b9ef8649f42e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf435c7d82aa4202"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R979bf31166d24f3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f3b9ef8649f42e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dd12d9f190547c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf435c7d82aa4202" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>0,957</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,797</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,639</x:t>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,649</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.12.2025</x:t>
-[...316 lines deleted...]
-          <x:t>0,743</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>