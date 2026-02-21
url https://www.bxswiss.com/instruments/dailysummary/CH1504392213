--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f69f65eebb1410d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R279e759eea18485c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85ce2cf361bc4757"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cdfa24f0a994504"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7dfd42c22f54027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85ce2cf361bc4757" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R709274a1ca334b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cdfa24f0a994504" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>0,765</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
-[...48 lines deleted...]
-          <x:t>0,673</x:t>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,751</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>0,651</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,647</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,753</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>0,811</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>