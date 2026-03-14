--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R279e759eea18485c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbfa6daaad1241ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cdfa24f0a994504"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e574ad213ed46f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R709274a1ca334b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cdfa24f0a994504" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2525cc34d1e416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e574ad213ed46f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>0,497</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,427</x:t>
-[...296 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>