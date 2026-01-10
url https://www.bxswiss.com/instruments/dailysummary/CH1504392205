--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc08a467065c4963" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refca550c305f4b2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a71f14f8962444b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc338b3a9d3a2464b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1ebf6ba96b040f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a71f14f8962444b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc483d41d281a4e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc338b3a9d3a2464b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,328 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...213 lines deleted...]
-          <x:t>1,298</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,222</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>1,216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,126</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>