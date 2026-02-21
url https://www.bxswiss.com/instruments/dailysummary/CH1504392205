--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refca550c305f4b2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3793c62777c4c19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc338b3a9d3a2464b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra358f0d058e946f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc483d41d281a4e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc338b3a9d3a2464b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38ddac8aad2442f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra358f0d058e946f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>0,909</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,835</x:t>
-[...26 lines deleted...]
-          <x:t>0,761</x:t>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,771</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,861</x:t>
-[...171 lines deleted...]
-          <x:t>0,885</x:t>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>