--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3793c62777c4c19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc36479fcb1441d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra358f0d058e946f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R336126093bb44934"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38ddac8aad2442f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra358f0d058e946f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6edf25fede3648b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R336126093bb44934" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>0,531</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,473</x:t>
-[...168 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,421</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,389</x:t>
-[...70 lines deleted...]
-          <x:t>0,425</x:t>
+          <x:t>0,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,385</x:t>
-[...31 lines deleted...]
-          <x:t>0,421</x:t>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>