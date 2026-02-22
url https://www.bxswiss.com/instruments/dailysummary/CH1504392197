--- v0 (2026-01-10)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e7a8a9bc6a34097" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R300649b131fb4b26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R456043a30e984873"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37ee832adf3741e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb3597b7db7e4895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R456043a30e984873" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54c6a2d5d058431e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37ee832adf3741e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392197</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>0,905</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,969</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,919</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,839</x:t>
-[...16 lines deleted...]
-          <x:t>0,909</x:t>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>0,965</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>