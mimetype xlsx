--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R300649b131fb4b26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2373ad5b9f246a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37ee832adf3741e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1b428357dbc4cef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54c6a2d5d058431e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37ee832adf3741e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f66710eb8104534" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1b428357dbc4cef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392197</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>0,587</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,607</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,523</x:t>
-[...141 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,491</x:t>
-[...16 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,471</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,435</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,443</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>0,471</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>