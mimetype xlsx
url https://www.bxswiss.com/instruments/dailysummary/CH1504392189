--- v0 (2026-01-10)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf189b24b2c8e47d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R457b4711db594947" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8dec34ff2924d5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72ca0044ffff493f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbad99da8d39c46fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8dec34ff2924d5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5da78e42d42a4a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72ca0044ffff493f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>0,899</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,899</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>1,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,083</x:t>
-[...53 lines deleted...]
-          <x:t>1,053</x:t>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>