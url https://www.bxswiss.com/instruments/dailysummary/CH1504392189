--- v1 (2026-02-22)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R457b4711db594947" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43f2ce2545784302" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72ca0044ffff493f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a2cbfa9873b4772"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5da78e42d42a4a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72ca0044ffff493f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea6aa96f6abf48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a2cbfa9873b4772" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>0,647</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,523</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>13.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,517</x:t>
-[...134 lines deleted...]
-          <x:t>0,523</x:t>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>