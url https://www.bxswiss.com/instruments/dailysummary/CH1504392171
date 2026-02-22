--- v0 (2026-01-10)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c99af381f504be7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5ebfad67b7c4ac3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a1f3f3fd8074afa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01cc959c3da04fd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc249505efb734e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a1f3f3fd8074afa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb52a32f8cc184d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01cc959c3da04fd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>0,975</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,991</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>17.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,073</x:t>
-[...188 lines deleted...]
-          <x:t>1,069</x:t>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,065</x:t>
-[...107 lines deleted...]
-          <x:t>1,145</x:t>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>