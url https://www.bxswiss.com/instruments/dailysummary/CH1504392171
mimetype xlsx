--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5ebfad67b7c4ac3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1770ee33e7241d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01cc959c3da04fd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb13061213f6b4585"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb52a32f8cc184d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01cc959c3da04fd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb716e867e82d4037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb13061213f6b4585" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>0,741</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,579</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>0,563</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,607</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>0,591</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,533</x:t>
-[...31 lines deleted...]
-          <x:t>0,587</x:t>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>