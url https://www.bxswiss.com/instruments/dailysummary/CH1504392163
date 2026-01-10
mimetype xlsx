--- v0 (2025-12-21)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a07545423c84dcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R350476cad716476a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ccdc0e85a544e0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dd9d60cf8f7494c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6790abdede6840be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ccdc0e85a544e0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27543d7528af4f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dd9d60cf8f7494c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,301 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...249 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,616</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -637,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>