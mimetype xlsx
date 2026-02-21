--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R350476cad716476a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4709988f3c944a09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dd9d60cf8f7494c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ed43dc699a24c58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27543d7528af4f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dd9d60cf8f7494c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b1a80e6bfbc43eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ed43dc699a24c58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,171</x:t>
-[...31 lines deleted...]
-          <x:t>0,939</x:t>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,961</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>1,243</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>