--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4709988f3c944a09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf32526a4889a437f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ed43dc699a24c58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1111035c232a4326"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b1a80e6bfbc43eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ed43dc699a24c58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2138c0a82da549d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1111035c232a4326" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,815</x:t>
-[...53 lines deleted...]
-          <x:t>0,835</x:t>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,835</x:t>
-[...6 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,861</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>0,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,641</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>