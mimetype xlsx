--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3c716d32eab4a83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6c78cb817174491" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2082fdc35216459e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4816436e3854859"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re68e00534975483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2082fdc35216459e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0795add5cf874b28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4816436e3854859" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,328 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...213 lines deleted...]
-          <x:t>1,836</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,736</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>1,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,616</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>