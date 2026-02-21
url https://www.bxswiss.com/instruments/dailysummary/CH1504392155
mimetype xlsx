--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6c78cb817174491" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R235131347b304c3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4816436e3854859"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e2844d60ed04456"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0795add5cf874b28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4816436e3854859" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72675b8cd2ed423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e2844d60ed04456" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>1,421</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...278 lines deleted...]
-          <x:t>07.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,405</x:t>
-[...63 lines deleted...]
-          <x:t>1,347</x:t>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>