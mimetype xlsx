--- v2 (2026-02-21)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R235131347b304c3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc68c866955df4f6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e2844d60ed04456"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63ad7d6370e44eb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72675b8cd2ed423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e2844d60ed04456" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4cfaee5ea61478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63ad7d6370e44eb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>