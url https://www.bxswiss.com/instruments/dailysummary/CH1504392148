--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82245cc6fbdb40c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50c25541225a4fd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93919e7ffa3b40a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc05f23faff334049"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62719fe009ba452f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93919e7ffa3b40a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d80ffd893bd41fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc05f23faff334049" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,328 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...213 lines deleted...]
-          <x:t>1,960</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,856</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>1,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,732</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>