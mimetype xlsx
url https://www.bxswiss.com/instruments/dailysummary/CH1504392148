--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50c25541225a4fd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c4545bc0fb4969" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc05f23faff334049"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra385be89490749c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d80ffd893bd41fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc05f23faff334049" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R320add6cde0c4685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra385be89490749c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,237</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>1,353</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,317</x:t>
-[...38 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>1,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,371</x:t>
-[...4 lines deleted...]
-          <x:t>1,347</x:t>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,359</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>1,321</x:t>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,263</x:t>
-[...85 lines deleted...]
-          <x:t>1,459</x:t>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>