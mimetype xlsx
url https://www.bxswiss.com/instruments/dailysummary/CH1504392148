--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52c4545bc0fb4969" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra433e706f77c4a65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra385be89490749c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2b0f76401814f08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R320add6cde0c4685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra385be89490749c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67c242217bb74c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2b0f76401814f08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>1,199</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,181</x:t>
-[...286 lines deleted...]
-          <x:t>0,983</x:t>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,851</x:t>
-[...124 lines deleted...]
-          <x:t>1,009</x:t>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,785</x:t>
-[...16 lines deleted...]
-          <x:t>0,825</x:t>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,789</x:t>
-[...60 lines deleted...]
-          <x:t>18.02.2026</x:t>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,849</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>0,841</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>0,803</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>