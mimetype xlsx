--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re88381652a8f4d2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c1ef94596524dba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccfeee10ecbf4973"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reef8537213bd44d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9958cc4e7e6144b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccfeee10ecbf4973" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1a29f181e674c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reef8537213bd44d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>