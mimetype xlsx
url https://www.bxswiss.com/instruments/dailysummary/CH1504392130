--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c1ef94596524dba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d3033005d8e4849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reef8537213bd44d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bb181e759ad4947"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1a29f181e674c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reef8537213bd44d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd34f4f6a83624022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bb181e759ad4947" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,921</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,737</x:t>
-[...48 lines deleted...]
-          <x:t>1,445</x:t>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,543</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>1,579</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>