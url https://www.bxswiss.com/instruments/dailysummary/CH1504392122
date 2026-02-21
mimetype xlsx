--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a226feaec0c4825" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R350677d461de471c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f53a73bafe84f21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bdf8617344a4e7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba570fb4375c41bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f53a73bafe84f21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R200f414cd9e0417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bdf8617344a4e7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392122</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>1,589</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,333</x:t>
-[...296 lines deleted...]
-          <x:t>1,707</x:t>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>