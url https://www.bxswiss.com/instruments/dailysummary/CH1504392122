--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R350677d461de471c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec15c6f7e85342fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bdf8617344a4e7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re100fa066b65474e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R200f414cd9e0417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bdf8617344a4e7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01301e00280c48ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re100fa066b65474e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392122</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>1,375</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,191</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>