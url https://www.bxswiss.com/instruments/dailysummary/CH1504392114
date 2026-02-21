--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89250146de6e406b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf7c3bf5b4c543a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra448d79de120467d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfa7e6ae130c4040"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36ca9b9777f04a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra448d79de120467d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a2de8ecde5a4a27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfa7e6ae130c4040" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>1,713</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,441</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>1,731</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>1,839</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>