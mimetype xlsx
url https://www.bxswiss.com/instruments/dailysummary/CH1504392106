--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17a0fab5de634147" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55c8ea8c4d9c4065" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf9fa1b441a6467b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69105bcb28764b66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71a483a228f8411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf9fa1b441a6467b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56a5a57c35e04a47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69105bcb28764b66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,345 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...127 lines deleted...]
-          <x:t>2,142</x:t>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,122</x:t>
-[...43 lines deleted...]
-          <x:t>2,354</x:t>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,266</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>2,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,334</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,224</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>