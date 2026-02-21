--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55c8ea8c4d9c4065" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ca94a8612504624" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69105bcb28764b66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ea362e2fd27434d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56a5a57c35e04a47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69105bcb28764b66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7baf1084f7a4903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ea362e2fd27434d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>2,025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>18.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,749</x:t>
-[...279 lines deleted...]
-          <x:t>1,979</x:t>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>