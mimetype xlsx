--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ca94a8612504624" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab19146dcbb645f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ea362e2fd27434d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64050479fbad4d0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7baf1084f7a4903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ea362e2fd27434d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bf7b683f10a4e53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64050479fbad4d0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,295</x:t>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,279</x:t>
-[...16 lines deleted...]
-          <x:t>1,435</x:t>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,435</x:t>
-[...200 lines deleted...]
-          <x:t>1,201</x:t>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,091</x:t>
-[...31 lines deleted...]
-          <x:t>1,185</x:t>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>