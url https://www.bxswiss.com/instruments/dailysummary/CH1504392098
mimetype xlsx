--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R595019ee4ee3444f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8a559c250224aed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffb328bb003849f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R138e380ceeaf42b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c98e73c6dea4f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffb328bb003849f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eb8b55444814592" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R138e380ceeaf42b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,345 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...181 lines deleted...]
-          <x:t>2,502</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,412</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>2,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,480</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,366</x:t>
         </x:is>
       </x:c>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>