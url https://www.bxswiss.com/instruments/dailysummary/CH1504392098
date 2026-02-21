--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8a559c250224aed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f876cec938344ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R138e380ceeaf42b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7e082838c274568"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eb8b55444814592" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R138e380ceeaf42b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb62290913f9b4f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7e082838c274568" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>2,031</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,095</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>2,121</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>