--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f876cec938344ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf2897408c754f4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7e082838c274568"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b15d6ba1e104511"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb62290913f9b4f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7e082838c274568" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3369386e3f44db0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b15d6ba1e104511" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>1,749</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,529</x:t>
-[...21 lines deleted...]
-          <x:t>1,223</x:t>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,333</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>1,575</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,257</x:t>
-[...161 lines deleted...]
-          <x:t>1,301</x:t>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>