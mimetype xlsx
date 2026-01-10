--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fcae6931720474b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fc06457cc19489a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bd63562bfa6433e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R731a9727a51f4740"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R939b9a901a104153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bd63562bfa6433e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a4dae6741fe4ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R731a9727a51f4740" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,331 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...213 lines deleted...]
-          <x:t>2,826</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,698</x:t>
-[...37 lines deleted...]
-        <x:is>
           <x:t>2,692</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,634</x:t>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>