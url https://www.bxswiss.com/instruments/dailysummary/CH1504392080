--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fc06457cc19489a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb906892e957f4de1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R731a9727a51f4740"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b4dfa425d0c4931"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a4dae6741fe4ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R731a9727a51f4740" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf984ffc8674d4526" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b4dfa425d0c4931" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>2,165</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,231</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...251 lines deleted...]
-          <x:t>1,935</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,929</x:t>
-[...112 lines deleted...]
-          <x:t>2,277</x:t>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>