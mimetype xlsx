--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb906892e957f4de1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf97f34272f540f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b4dfa425d0c4931"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R987326a8204042b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf984ffc8674d4526" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b4dfa425d0c4931" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redffd31c8a324dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R987326a8204042b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>1,329</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,453</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>1,421</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>