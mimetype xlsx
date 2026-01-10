--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8841ed9c95fa4682" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82b0b7881d104151" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab4941fb494b4f57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b506d57c8244155"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31a745fac1594fbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab4941fb494b4f57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb50a079d867d43e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b506d57c8244155" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392072</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,852</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>