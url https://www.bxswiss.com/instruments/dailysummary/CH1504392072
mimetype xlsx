--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82b0b7881d104151" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf419a65a4cba4f06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b506d57c8244155"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02d510ecd2d143ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb50a079d867d43e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b506d57c8244155" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4e117bb4ca14a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02d510ecd2d143ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392072</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,053</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>2,373</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,277</x:t>
-[...48 lines deleted...]
-          <x:t>2,075</x:t>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,283</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>2,435</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>