--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf419a65a4cba4f06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9834667cf2fd4c20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02d510ecd2d143ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbef9f07e0cf14ff1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4e117bb4ca14a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02d510ecd2d143ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd86d6c8e1cca4c4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbef9f07e0cf14ff1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392072</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>1,823</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,823</x:t>
-[...242 lines deleted...]
-          <x:t>1,549</x:t>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>