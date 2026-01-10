--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R198def2d39a84375" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5c5d3fa50ed4c2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc797c1942dd44c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcac1b048815349ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re798f170a3b44e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc797c1942dd44c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e3133d91aea4a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcac1b048815349ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392064</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,018</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>