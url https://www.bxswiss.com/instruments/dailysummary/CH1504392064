--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5c5d3fa50ed4c2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb51ff5f9707462a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcac1b048815349ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05d07d5c86974e27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e3133d91aea4a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcac1b048815349ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc3be0b96ca94eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05d07d5c86974e27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392064</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>2,617</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,487</x:t>
-[...43 lines deleted...]
-          <x:t>2,417</x:t>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,077</x:t>
-[...296 lines deleted...]
-          <x:t>2,601</x:t>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>