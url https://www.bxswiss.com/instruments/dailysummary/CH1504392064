--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb51ff5f9707462a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae55362c5d1d408c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05d07d5c86974e27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6f3dc6a120f4ccb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc3be0b96ca94eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05d07d5c86974e27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R307f3859e06a4780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6f3dc6a120f4ccb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392064</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>1,803</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,781</x:t>
-[...227 lines deleted...]
-          <x:t>1,697</x:t>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,557</x:t>
-[...31 lines deleted...]
-          <x:t>1,685</x:t>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>