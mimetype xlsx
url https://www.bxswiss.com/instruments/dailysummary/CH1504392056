--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f42c1662e041e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc55fa21f8d6847ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R631f4c5cfe5a4312"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b47f590c826454f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc81fc2a80ed64f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R631f4c5cfe5a4312" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R825f6e2a5d40489c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b47f590c826454f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>