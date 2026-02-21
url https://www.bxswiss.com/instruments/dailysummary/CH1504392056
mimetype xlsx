--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc55fa21f8d6847ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d52896ef8e245b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b47f590c826454f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9c6da540bae4f80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R825f6e2a5d40489c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b47f590c826454f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R086e709449f645a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9c6da540bae4f80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,513</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>2,633</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,593</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>08.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,545</x:t>
-[...31 lines deleted...]
-          <x:t>2,771</x:t>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>