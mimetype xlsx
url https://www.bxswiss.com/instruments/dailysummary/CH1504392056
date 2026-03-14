--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d52896ef8e245b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43ad9376eef34fd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9c6da540bae4f80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R674f7478845a472d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R086e709449f645a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9c6da540bae4f80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb66c5de646814d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R674f7478845a472d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on NASDAQ-100 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504392056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,003</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1,697</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,835</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,699</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,683</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>